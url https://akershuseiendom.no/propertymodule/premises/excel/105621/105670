--- v0 (2025-10-29)
+++ v1 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Informasjon om Munkedamsveien 45 - Vika Atrium</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Munkedamsveien 45, 0250 Oslo</t>
   </si>
   <si>
@@ -137,51 +137,51 @@
   <si>
     <t>Breeam NOR In-Use - Very Good</t>
   </si>
   <si>
     <t>Gårdeier</t>
   </si>
   <si>
     <t>Thon Eiendom</t>
   </si>
   <si>
     <t>Direkteleie/Fremleie</t>
   </si>
   <si>
     <t>Direkteleie</t>
   </si>
   <si>
     <t>Megler</t>
   </si>
   <si>
     <t>Jonas Myhre, ved Akershus Eiendom</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="&quot;BTA&quot; 0 &quot;m²&quot;"/>
     <numFmt numFmtId="165" formatCode="&quot;NOK&quot; 0 &quot;/ kvm / år&quot;"/>
     <numFmt numFmtId="166" formatCode="&quot;NOK&quot; 0 &quot;/ per plass / år&quot;"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FFFDE9AA"/>
       <name val="Arial"/>
     </font>
   </fonts>
@@ -551,51 +551,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A32" sqref="A32:E32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="50">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>