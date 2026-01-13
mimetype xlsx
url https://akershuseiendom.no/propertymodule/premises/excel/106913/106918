--- v0 (2025-10-18)
+++ v1 (2026-01-13)
@@ -799,51 +799,51 @@
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="1"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1"/>
       <c r="C22" t="s">
         <v>26</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="1"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1"/>
       <c r="B23" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="8">
-        <v>900</v>
+        <v>805</v>
       </c>
       <c r="E23" s="1"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1"/>
       <c r="B24" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="1"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1"/>
       <c r="B25" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="9">
         <v>8500</v>
       </c>
       <c r="E25" s="1"/>
     </row>