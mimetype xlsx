--- v0 (2025-10-18)
+++ v1 (2026-01-13)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Informasjon om Storgata 33</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Storgata 33, 0184 Oslo</t>
   </si>
   <si>
     <t>Byggeår</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>Total størrelse på bygget</t>
   </si>
   <si>
     <t>Når kan tilbudte lokaler ferdigstilles</t>
   </si>
   <si>
-    <t>Ledig nå</t>
+    <t>Etter avtale</t>
   </si>
   <si>
     <t>Størrelse på tilgjengelig areal</t>
   </si>
   <si>
     <t>Fellesarealpåslag</t>
   </si>
   <si>
     <t>Hvilke etasje(r) er tilbudt</t>
   </si>
   <si>
     <t>Fellesfasiliteter</t>
   </si>
   <si>
     <t>Kantine</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Trimrom</t>
   </si>
   <si>
     <t>Nei</t>
   </si>