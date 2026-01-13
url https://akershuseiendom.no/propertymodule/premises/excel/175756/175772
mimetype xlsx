--- v0 (2025-10-18)
+++ v1 (2026-01-13)
@@ -629,51 +629,51 @@
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="1"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1"/>
       <c r="B6" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="6">
         <v>9400</v>
       </c>
       <c r="E6" s="1"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1"/>
       <c r="B7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="6">
-        <v>654</v>
+        <v>622</v>
       </c>
       <c r="E7" s="1"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1"/>
       <c r="B8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="7">
         <v>1</v>
       </c>
       <c r="E8" s="1"/>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1"/>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>12</v>
       </c>