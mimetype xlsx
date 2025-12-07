--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -104,51 +104,51 @@
   <si>
     <t>Sykkelparkering</t>
   </si>
   <si>
     <t>Møteromssenter</t>
   </si>
   <si>
     <t>Resepsjon</t>
   </si>
   <si>
     <t>App</t>
   </si>
   <si>
     <t>Renseri</t>
   </si>
   <si>
     <t>Håndkleservice</t>
   </si>
   <si>
     <t>Takterrasse</t>
   </si>
   <si>
     <t>Estimert leiepris per kvm per år</t>
   </si>
   <si>
-    <t>NOK 2700 - 2900</t>
+    <t>NOK 2900 - 3100</t>
   </si>
   <si>
     <t>Estimerte felleskostnader per kvm per år inkl. eiendomsskatt</t>
   </si>
   <si>
     <t>Oppvarming inkludert i felleskostnader</t>
   </si>
   <si>
     <t>Estimert kantinebidrag</t>
   </si>
   <si>
     <t>Estimert leiepris per parkeringsplass per år</t>
   </si>
   <si>
     <t>Energiklasse</t>
   </si>
   <si>
     <t>Lysegrønn E</t>
   </si>
   <si>
     <t>Gårdeier</t>
   </si>
   <si>
     <t>Entra</t>
   </si>