--- v1 (2025-12-07)
+++ v2 (2026-01-06)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Informasjon om Schweigaardsgate 10-14</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Schweigaardsgate 10, 0188 Oslo</t>
   </si>
   <si>
     <t>Byggeår</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>Total størrelse på bygget</t>
   </si>
   <si>
     <t>Når kan tilbudte lokaler ferdigstilles</t>
   </si>
   <si>
-    <t>Ledig nå</t>
+    <t>Etter avtale</t>
   </si>
   <si>
     <t>Størrelse på tilgjengelig areal</t>
   </si>
   <si>
     <t>Fellesarealpåslag</t>
   </si>
   <si>
     <t>Hvilke etasje(r) er tilbudt</t>
   </si>
   <si>
     <t>Fellesfasiliteter</t>
   </si>
   <si>
     <t>Kantine</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Trimrom</t>
   </si>
   <si>
     <t>Nei</t>
   </si>