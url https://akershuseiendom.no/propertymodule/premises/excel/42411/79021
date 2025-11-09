--- v0 (2025-10-16)
+++ v1 (2025-11-09)
@@ -104,51 +104,51 @@
   <si>
     <t>Sykkelparkering</t>
   </si>
   <si>
     <t>Møteromssenter</t>
   </si>
   <si>
     <t>Resepsjon</t>
   </si>
   <si>
     <t>App</t>
   </si>
   <si>
     <t>Renseri</t>
   </si>
   <si>
     <t>Håndkleservice</t>
   </si>
   <si>
     <t>Takterrasse</t>
   </si>
   <si>
     <t>Estimert leiepris per kvm per år</t>
   </si>
   <si>
-    <t>NOK 2850 - 2950</t>
+    <t>NOK 2900 - 3100</t>
   </si>
   <si>
     <t>Estimerte felleskostnader per kvm per år inkl. eiendomsskatt</t>
   </si>
   <si>
     <t>Oppvarming inkludert i felleskostnader</t>
   </si>
   <si>
     <t>Estimert kantinebidrag</t>
   </si>
   <si>
     <t>Estimert leiepris per parkeringsplass per år</t>
   </si>
   <si>
     <t>Energiklasse</t>
   </si>
   <si>
     <t>Lysegrønn E</t>
   </si>
   <si>
     <t>Gårdeier</t>
   </si>
   <si>
     <t>Entra</t>
   </si>