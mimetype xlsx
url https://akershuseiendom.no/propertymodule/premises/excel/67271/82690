--- v0 (2025-12-07)
+++ v1 (2026-01-07)
@@ -665,51 +665,51 @@
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="6">
         <v>16610</v>
       </c>
       <c r="E6" s="1"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1"/>
       <c r="B7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="1"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1"/>
       <c r="B8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="6">
-        <v>800</v>
+        <v>850</v>
       </c>
       <c r="E8" s="1"/>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1"/>
       <c r="B9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="7">
         <v>0.26</v>
       </c>
       <c r="E9" s="1"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1"/>
       <c r="B10" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="8">
         <v>3</v>
       </c>
       <c r="E10" s="1"/>
     </row>