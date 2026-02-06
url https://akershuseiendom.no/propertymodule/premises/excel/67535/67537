--- v0 (2025-10-18)
+++ v1 (2026-02-06)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Informasjon om Front Tjuvholmen</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Tjuvholmen Allé 1-5, 0252 Oslo</t>
   </si>
   <si>
     <t>Byggeår</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>Rehabilitert</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>Total størrelse på bygget</t>
   </si>
   <si>
     <t>Fellesarealpåslag</t>
   </si>
   <si>
     <t>Fellesfasiliteter</t>
   </si>
   <si>
     <t>Kantine</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Trimrom</t>
   </si>
   <si>
     <t>Garderobe</t>
   </si>
   <si>
     <t>Parkering</t>
   </si>
@@ -804,51 +804,51 @@
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="1"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1"/>
       <c r="C22" t="s">
         <v>26</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="1"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1"/>
       <c r="B23" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="8">
-        <v>750</v>
+        <v>850</v>
       </c>
       <c r="E23" s="1"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1"/>
       <c r="B24" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="1"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1"/>
       <c r="B25" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="9">
         <v>6500</v>
       </c>
       <c r="E25" s="1"/>
     </row>