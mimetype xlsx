--- v0 (2025-10-24)
+++ v1 (2025-12-07)
@@ -12,92 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Informasjon om Martin Linges vei 33 - ML33</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Martin Linges vei 33, 1364 Fornebu</t>
   </si>
   <si>
     <t>Byggeår</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Rehabilitert</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Total størrelse på bygget</t>
   </si>
   <si>
     <t>Når kan tilbudte lokaler ferdigstilles</t>
   </si>
   <si>
-    <t>Ledig nå</t>
+    <t>Q1 2026</t>
   </si>
   <si>
     <t>Størrelse på tilgjengelig areal</t>
   </si>
   <si>
     <t>Fellesarealpåslag</t>
   </si>
   <si>
     <t>Hvilke etasje(r) er tilbudt</t>
-  </si>
-[...1 lines deleted...]
-    <t>1-2-3</t>
   </si>
   <si>
     <t>Fellesfasiliteter</t>
   </si>
   <si>
     <t>Kantine</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Trimrom</t>
   </si>
   <si>
     <t>Garderobe</t>
   </si>
   <si>
     <t>Parkering</t>
   </si>
   <si>
     <t>Elbillading</t>
   </si>
   <si>
     <t>Smartbygg</t>
   </si>
@@ -673,336 +670,336 @@
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="6">
         <v>55000</v>
       </c>
       <c r="E6" s="1"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1"/>
       <c r="B7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="1"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1"/>
       <c r="B8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="6">
-        <v>8400</v>
+        <v>4200</v>
       </c>
       <c r="E8" s="1"/>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1"/>
       <c r="B9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="7">
         <v>0.37</v>
       </c>
       <c r="E9" s="1"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1"/>
       <c r="B10" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="4"/>
-      <c r="D10" s="8" t="s">
-        <v>13</v>
+      <c r="D10" s="8">
+        <v>2</v>
       </c>
       <c r="E10" s="1"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1"/>
       <c r="B11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" t="s">
         <v>14</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E11" s="1"/>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1"/>
       <c r="C12" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E12" s="1"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1"/>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E13" s="1"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="1"/>
       <c r="C14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E14" s="1"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1"/>
       <c r="C15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E15" s="1"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="1"/>
       <c r="C16" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E16" s="1"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="1"/>
       <c r="C17" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E17" s="1"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1"/>
       <c r="C18" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E18" s="1"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1"/>
       <c r="C19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E19" s="1"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="1"/>
       <c r="C20" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E20" s="1"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1"/>
       <c r="C21" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E21" s="1"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1"/>
       <c r="C22" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E22" s="1"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1"/>
       <c r="C23" t="s">
+        <v>27</v>
+      </c>
+      <c r="D23" s="5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="E23" s="1"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1"/>
       <c r="C24" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E24" s="1"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1"/>
       <c r="C25" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E25" s="1"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="1"/>
       <c r="B26" s="3" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E26" s="1"/>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="1"/>
       <c r="B27" s="3" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="9">
         <v>616</v>
       </c>
       <c r="E27" s="1"/>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="1"/>
       <c r="B28" s="3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E28" s="1"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="1"/>
       <c r="B29" s="3" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="10">
         <v>6900</v>
       </c>
       <c r="E29" s="1"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="1"/>
       <c r="B30" s="3" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="11">
         <v>25000</v>
       </c>
       <c r="E30" s="1"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="1"/>
       <c r="B31" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E31" s="1"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="1"/>
       <c r="B32" s="3" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E32" s="1"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="1"/>
       <c r="B33" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E33" s="1"/>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="1"/>
       <c r="B34" s="3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E34" s="1"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="1"/>
       <c r="B35" s="3" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E35" s="1"/>
     </row>
     <row r="36" spans="1:5" customHeight="1" ht="50">
       <c r="A36" s="1"/>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>