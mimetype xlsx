--- v1 (2025-12-07)
+++ v2 (2026-01-08)
@@ -41,51 +41,51 @@
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Martin Linges vei 33, 1364 Fornebu</t>
   </si>
   <si>
     <t>Byggeår</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Rehabilitert</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Total størrelse på bygget</t>
   </si>
   <si>
     <t>Når kan tilbudte lokaler ferdigstilles</t>
   </si>
   <si>
-    <t>Q1 2026</t>
+    <t>Ledig nå</t>
   </si>
   <si>
     <t>Størrelse på tilgjengelig areal</t>
   </si>
   <si>
     <t>Fellesarealpåslag</t>
   </si>
   <si>
     <t>Hvilke etasje(r) er tilbudt</t>
   </si>
   <si>
     <t>Fellesfasiliteter</t>
   </si>
   <si>
     <t>Kantine</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Trimrom</t>
   </si>
   <si>
     <t>Garderobe</t>
   </si>