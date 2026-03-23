--- v2 (2026-01-08)
+++ v3 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Informasjon om Martin Linges vei 33 - ML33</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Martin Linges vei 33, 1364 Fornebu</t>
   </si>
   <si>
@@ -158,51 +158,51 @@
   <si>
     <t>Breeam NOR In-Use - Outstanding</t>
   </si>
   <si>
     <t>Gårdeier</t>
   </si>
   <si>
     <t>Norwegian Property ASA</t>
   </si>
   <si>
     <t>Direkteleie/Fremleie</t>
   </si>
   <si>
     <t>Direkteleie</t>
   </si>
   <si>
     <t>Megler</t>
   </si>
   <si>
     <t>Rune Arvesen, ved Akershus Eiendom</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="&quot;BTA&quot; 0 &quot;m²&quot;"/>
     <numFmt numFmtId="165" formatCode="&quot;NOK&quot; 0 &quot;/ kvm / år&quot;"/>
     <numFmt numFmtId="166" formatCode="&quot;NOK&quot; 0 &quot;/ per ansatt / år&quot;"/>
     <numFmt numFmtId="167" formatCode="&quot;NOK&quot; 0 &quot;/ per plass / år&quot;"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FFFDE9AA"/>
       <name val="Arial"/>
     </font>
@@ -574,51 +574,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A36" sqref="A36:E36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="50">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>